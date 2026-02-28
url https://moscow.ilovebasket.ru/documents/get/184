--- v0 (2025-11-17)
+++ v1 (2026-02-28)
@@ -1,989 +1,1148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2D79CD84" w14:textId="77777777" w:rsidR="004D1BB9" w:rsidRDefault="004D1BB9" w:rsidP="00724EDD">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="3351FD65" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00CB773B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Согласие родителей на участие в соревнованиях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B72D5A5" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00353EDF" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...17 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F7AFF7F" w14:textId="0AEB0F8E" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">Я, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA87BD6" w14:textId="4018462F" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">                                    (Ф.И.О. родителя / законного представителя полностью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A38C46" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00353EDF" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B491080" w14:textId="7333B2D2" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00773653">
-[...22 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t>родитель/законный представитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3702D1C8" w14:textId="29AD8700" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00773653">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:tab/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">(ФИО участника полностью) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0236C5DE" w14:textId="78D9DFD6" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">(далее – «Участник»), </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">года рождения, зарегистрированный по адресу: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5191D2" w14:textId="308E2548" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t>, добровольно соглашаюсь на участие моего ребенка (опекаемого) в Чемпионате МЛБЛ-Москва, дивизион</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">                 </w:t>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t>(далее – «Соревнования»), проводимого в УСЗ «Дружба» с 13 сентября 2025 года по 1 июня 2026 года, и при этом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7653D34B" w14:textId="0B4C2ACE" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t>1. Я принимаю всю ответственность за любую травму, полученную мной и/или моим ребенком (опекаемым) по ходу Соревнований, и не имею права требовать какой-либо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444C5D08" w14:textId="3366D6D3" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t>компенсации за нанесение ущерба от Организаторов Соревнований.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t>2. Если во время Соревнований с ребенком произойдёт несчастный случай, прошу сообщить об этом _______________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4099D3DF" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="2124" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">(указывается кому (ФИО) и номер телефона) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6861F54A" w14:textId="73237C5C" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t>3. Я обязуюсь, что я и мой ребенок (опекаемый) будем следовать всем требованиям Организаторов Соревнований, связанным с вопросами безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110C0B93" w14:textId="4D37DCEE" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">4. Я самостоятельно несу ответственность за личное имущество, оставленное на месте проведения Соревнований, и в случае его утери не имею право требовать компенсации от Организаторов Соревнований. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1624CB44" w14:textId="6747EC0F" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t>5. В случае необходимости я готов воспользоваться медицинской помощью, предоставленной мне и/или моему ребенку (опекаемому) Организаторами Соревнований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C96A069" w14:textId="1A0C5C91" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">6. С Положением о проведении Соревнований ознакомлен. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC53139" w14:textId="4AFE54E9" w:rsidR="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00CB773B">
+        <w:t>7. Я согласен с тем, что выступление моего ребенка (опекаемого) и интервью с ним и/или со мной может быть записано и показано в средствах массовой информации, а также записано и показано в целях рекламы без ограничений по времени и формату; я отказываюсь от компенсации в отношении этих материалов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5994922B" w14:textId="692D0928" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00CB773B" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Я даю свое согласие Организаторам Соревнований на обработку персональных данных моих и моего ребенка (опекаемого), включая сбор, запись, систематизацию, накопление, хранение, уточнение (обновление, изменение), использование, распространение (в том числе передачу третьим лицам), обезличивание, блокирование и уничтожение персональных данных, а также на использование изображения моего ребенка (опекаемого) и моего изображения (фото- и видеоматериалов), полученных в ходе проведения Соревнований, в информационных, рекламных и отчетных целях, в том числе в сети Интернет, без ограничения по сроку и территории, без выплаты вознаграждения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B8540A" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00353EDF" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD84745" w14:textId="77777777" w:rsidR="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">_________________________ / </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB773B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A77E899" w14:textId="2A790597" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">(подпись) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CB773B">
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00724EDD">
-[...7 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">   (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00724EDD">
-[...263 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">ФИО родителя / законного представителя) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1523230E" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00353EDF" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="708"/>
       </w:pPr>
-      <w:r w:rsidRPr="00773653">
-[...48 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId6"/>
+    </w:p>
+    <w:p w14:paraId="00049207" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRPr="00CB773B" w:rsidRDefault="00000000" w:rsidP="00CB773B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB773B">
+        <w:t xml:space="preserve">«____» ______________2025 г. </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00353EDF" w:rsidRPr="00CB773B">
+      <w:headerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1727" w:right="1133" w:bottom="548" w:left="1276" w:header="496" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01187F51" w14:textId="77777777" w:rsidR="00303608" w:rsidRDefault="00303608">
+    <w:p w14:paraId="0E909132" w14:textId="77777777" w:rsidR="00F0316E" w:rsidRDefault="00F0316E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52D308CD" w14:textId="77777777" w:rsidR="00303608" w:rsidRDefault="00303608">
+    <w:p w14:paraId="4DE501FF" w14:textId="77777777" w:rsidR="00F0316E" w:rsidRDefault="00F0316E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0415DD7D" w14:textId="77777777" w:rsidR="00303608" w:rsidRDefault="00303608">
+    <w:p w14:paraId="0D0BDC0B" w14:textId="77777777" w:rsidR="00F0316E" w:rsidRDefault="00F0316E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D60C434" w14:textId="77777777" w:rsidR="00303608" w:rsidRDefault="00303608">
+    <w:p w14:paraId="3466A335" w14:textId="77777777" w:rsidR="00F0316E" w:rsidRDefault="00F0316E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0C029A5E" w14:textId="7557E74E" w:rsidR="00742EAB" w:rsidRDefault="004E3E33" w:rsidP="004D1BB9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="04355211" w14:textId="77777777" w:rsidR="00353EDF" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:t>»</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53CB3150" wp14:editId="1CF3758C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="456395ED" wp14:editId="187B829C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-556095</wp:posOffset>
+            <wp:posOffset>8328659</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-185420</wp:posOffset>
+            <wp:posOffset>-339089</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1282700" cy="647700"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="24" name="image1.png" descr="logo_MLBL_final"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image1.png" descr="logo_MLBL_final"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1282700" cy="647700"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="554E6885" wp14:editId="3C0CABF4">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>8390890</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-186689</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1282700" cy="647700"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="25" name="image1.png" descr="logo_MLBL_final"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image1.png" descr="logo_MLBL_final"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1282700" cy="647700"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="4D2D9039" wp14:editId="6802B9B7">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>8543290</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-34289</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1282700" cy="647700"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="22" name="image1.png" descr="logo_MLBL_final"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image1.png" descr="logo_MLBL_final"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1282700" cy="647700"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="4B9B879B" wp14:editId="28AE3541">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-556093</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-185419</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2881510" cy="829827"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Рисунок 4"/>
-[...2 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:docPr id="23" name="image2.png"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Рисунок 4"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId2"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2881510" cy="829827"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...215 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="162"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="151"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C30D50"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F67DCC"/>
+    <w:rsidRoot w:val="00353EDF"/>
+    <w:rsid w:val="00353EDF"/>
+    <w:rsid w:val="00786DDA"/>
+    <w:rsid w:val="00CB773B"/>
+    <w:rsid w:val="00F0316E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7AC206C1"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{78651836-753E-9747-8280-AFBEF1B781D3}"/>
+  <w14:docId w14:val="62081574"/>
+  <w15:docId w15:val="{53E08A97-E0A5-804B-9D5A-8B074DE3A9AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1288,142 +1447,295 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C30D50"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:rsid w:val="00C30D50"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a4"/>
     <w:rsid w:val="00C30D50"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00724EDD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00724EDD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -1681,74 +1993,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjeH1obNK2YHwu4EVTJwCA6/9WlMQ==">CgMxLjA4AHIhMVZSTHlkc1M5VmZtLXFHQzhXb0I0alJtU2NBR2NPbUlB</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>348</Words>
-  <Characters>1985</Characters>
+  <Words>406</Words>
+  <Characters>2315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2329</CharactersWithSpaces>
+  <CharactersWithSpaces>2716</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>